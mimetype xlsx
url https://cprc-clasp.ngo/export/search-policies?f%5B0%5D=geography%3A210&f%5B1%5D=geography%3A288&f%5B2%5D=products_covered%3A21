--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>