--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,63 +132,63 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
@@ -567,55 +567,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -753,199 +753,199 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H6">
         <v>1979</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>53</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7" t="s">
         <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H7">
         <v>2000</v>
       </c>
       <c r="I7">
         <v>2012</v>
       </c>
       <c r="J7" t="s">
         <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>61</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>62</v>
       </c>
       <c r="P7" t="s">
         <v>63</v>