--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -109,111 +109,111 @@
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...5 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -677,165 +677,165 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H4">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>