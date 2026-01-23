--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,185 +104,152 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...13 lines deleted...]
-  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
@@ -312,50 +279,53 @@
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
   </si>
   <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
     <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
   </si>
   <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
@@ -788,65 +758,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P20"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="524.872" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -931,927 +901,829 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I10">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="I11">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>90</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2008</v>
+        <v>1986</v>
       </c>
       <c r="I12">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
         <v>96</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="I13">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J13" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>1986</v>
+        <v>2003</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M14" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="I15">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J15" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M15" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I16">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="J16" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M16" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I17">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="K17" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M17" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="I18">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="J18" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="M18" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-      <c r="B19" t="s">
         <v>129</v>
-      </c>
-[...90 lines deleted...]
-        <v>139</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">