--- v0 (2025-11-06)
+++ v1 (2026-01-27)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
   </si>