--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
@@ -505,51 +505,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">