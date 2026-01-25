--- v0 (2025-11-09)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -664,178 +667,178 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1997</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>1986</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">