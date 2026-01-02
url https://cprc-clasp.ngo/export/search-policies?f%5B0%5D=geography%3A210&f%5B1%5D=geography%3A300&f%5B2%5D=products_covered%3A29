--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,108 +80,111 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>SLS 1200:2012</t>
+  </si>
+  <si>
+    <t>Sri Lanka Sustainable Energy Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
+    <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
+  </si>
+  <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...55 lines deleted...]
-    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
   </si>
   <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
     <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
 Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
@@ -723,174 +726,174 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>30</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2002</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">