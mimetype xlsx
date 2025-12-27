--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
     <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
   </si>
@@ -505,51 +505,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">