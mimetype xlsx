--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,117 +132,120 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Energy Labeling Scheme</t>
+  </si>
+  <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...22 lines deleted...]
-    <t>Voluntary</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
     <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
@@ -580,55 +583,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -766,99 +769,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -912,120 +915,120 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>59</v>
       </c>
       <c r="E8" t="s">
         <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>51</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">