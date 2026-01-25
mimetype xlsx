--- v0 (2025-11-08)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
     <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
@@ -664,170 +667,170 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">