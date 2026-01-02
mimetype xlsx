--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,63 +132,63 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
     <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -641,55 +641,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="587.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -827,99 +827,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1017,151 +1017,151 @@
       </c>
       <c r="P7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
         <v>61</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>66</v>
       </c>
       <c r="M8" t="s">
         <v>67</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H9">
         <v>1995</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>72</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>77</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>79</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H10">
         <v>2003</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
         <v>61</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>80</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>81</v>
       </c>
       <c r="P10" t="s">
         <v>82</v>