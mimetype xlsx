--- v0 (2025-11-09)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
     <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -219,51 +222,51 @@
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
-    <t>New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -743,320 +746,320 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2009</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2002</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1995</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H7">
         <v>2004</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2004</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">