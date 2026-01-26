--- v0 (2025-11-15)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -113,75 +113,81 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,110 +195,110 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -456,51 +462,51 @@
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
@@ -874,55 +880,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="761.957" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1010,1084 +1016,1084 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="M14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H15">
         <v>2017</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1997</v>
       </c>
       <c r="I18">
         <v>2022</v>
       </c>
       <c r="J18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2003</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B20" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H20">
         <v>2023</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D21" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H21">
         <v>2004</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="M21" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B22" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2004</v>
       </c>
       <c r="I22">
         <v>2021</v>
       </c>
       <c r="J22" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D23" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1978</v>
       </c>
       <c r="I23">
         <v>2017</v>
       </c>
       <c r="J23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D24" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">