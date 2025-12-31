--- v0 (2025-11-11)
+++ v1 (2025-12-31)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,93 +132,93 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -577,55 +577,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -763,99 +763,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>