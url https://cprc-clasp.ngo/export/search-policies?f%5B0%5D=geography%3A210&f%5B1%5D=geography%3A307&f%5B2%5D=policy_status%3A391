--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,183 +104,150 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
@@ -348,50 +315,53 @@
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
@@ -499,50 +469,53 @@
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
@@ -576,69 +549,60 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+    <t>Vietnam Decision No. 51/2011/QD-TTg</t>
+  </si>
+  <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2019</t>
-  </si>
-[...10 lines deleted...]
-    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -948,65 +912,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P31"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1091,1455 +1055,1309 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
         <v>73</v>
       </c>
-      <c r="B10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="I10">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>74</v>
+      </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
         <v>82</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="I11">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>68</v>
+      </c>
+      <c r="N11" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>86</v>
       </c>
       <c r="P11" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>88</v>
       </c>
       <c r="B12" t="s">
         <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="I12">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N13" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>101</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14">
         <v>2020</v>
       </c>
       <c r="J14" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>103</v>
       </c>
       <c r="M14" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>104</v>
       </c>
       <c r="P14" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>109</v>
       </c>
       <c r="P15" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>111</v>
       </c>
       <c r="B16" t="s">
         <v>112</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I16">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J16" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M16" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I17">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I18">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="M18" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
         <v>127</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D19" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="P19" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I20">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J20" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
         <v>136</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I21">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J21" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N21" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="O21" t="s">
         <v>138</v>
       </c>
       <c r="P21" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>140</v>
       </c>
       <c r="B22" t="s">
         <v>141</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>142</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>143</v>
+      </c>
       <c r="M22" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>149</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N23" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="P23" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C24" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>78</v>
+        <v>155</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J25" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K25" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="L25"/>
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>160</v>
+      </c>
       <c r="M25" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P25" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I26">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>164</v>
+        <v>67</v>
       </c>
       <c r="K26" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>160</v>
+      </c>
       <c r="M26" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N26" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P26" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B27" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D27" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J27" t="s">
-        <v>78</v>
+        <v>155</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C28" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I28">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>78</v>
+        <v>176</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="P28" t="s">
-        <v>176</v>
-[...6 lines deleted...]
-      <c r="B29" t="s">
         <v>178</v>
-      </c>
-[...134 lines deleted...]
-        <v>190</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">