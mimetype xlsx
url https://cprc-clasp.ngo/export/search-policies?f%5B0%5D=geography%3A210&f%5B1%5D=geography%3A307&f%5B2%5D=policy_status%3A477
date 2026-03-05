--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -12,51 +12,363 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
+  </si>
+  <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
+    <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>IEC 60465/2003+cor1/2005
+,   
+                      IEC-60335-1/2001-Amd 1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>IEC 62885-2/2016
+,   
+                    (EU) No 665/2013</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +670,707 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="430.466" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="88.407" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2006</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>75</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
+        <v>92</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>93</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>