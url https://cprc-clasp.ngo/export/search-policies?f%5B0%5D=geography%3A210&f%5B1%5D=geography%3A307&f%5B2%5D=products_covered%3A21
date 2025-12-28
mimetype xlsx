--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,117 +80,120 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
+    <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...64 lines deleted...]
-    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -744,74 +747,74 @@
       </c>
       <c r="P4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H5">
         <v>2009</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">