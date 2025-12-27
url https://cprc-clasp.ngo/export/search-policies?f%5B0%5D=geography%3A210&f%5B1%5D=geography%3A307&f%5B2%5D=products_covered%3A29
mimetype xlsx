--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,129 +80,132 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision 4889/QD-BCT LED labeling guidelines</t>
+  </si>
+  <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>TCVN 11843:2017, TCVN 11844:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-4889qd-bct-led-labeling-guidelines</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...76 lines deleted...]
-    <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for LED lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
@@ -852,412 +855,412 @@
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>35</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>35</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
         <v>2019</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>35</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
         <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>35</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
         <v>35</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M10" t="s">
         <v>35</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>35</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>35</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">