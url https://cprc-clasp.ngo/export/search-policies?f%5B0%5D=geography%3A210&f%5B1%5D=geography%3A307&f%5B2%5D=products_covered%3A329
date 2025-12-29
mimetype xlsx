--- v0 (2025-11-06)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
@@ -661,176 +664,176 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2011</v>
       </c>
       <c r="I4">
         <v>2023</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2007</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">