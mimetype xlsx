--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
@@ -168,50 +168,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -759,122 +762,122 @@
       </c>
       <c r="P4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>47</v>
       </c>
       <c r="P5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">