--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,99 +80,102 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for lighting products</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...46 lines deleted...]
-    <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -672,76 +675,76 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
       <c r="I4">
         <v>2010</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>35</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">