--- v0 (2025-11-27)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,312 +104,234 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -421,106 +343,63 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...28 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -621,50 +500,53 @@
     <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
     <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
@@ -743,50 +625,53 @@
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
     <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
     <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
   </si>
   <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
     <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
   </si>
   <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
     <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
   </si>
   <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
@@ -1114,65 +999,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P36"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1257,1679 +1142,1343 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H13">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2023</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H16">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="M16" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H17">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="M17" t="s">
-        <v>122</v>
+        <v>75</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="P17" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D18" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H18">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2021</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H19">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2021</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>140</v>
+        <v>108</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>141</v>
+        <v>109</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="M20" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D21" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H21">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
         <v>153</v>
       </c>
-      <c r="E22" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="M22" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
         <v>157</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23" t="s">
         <v>158</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H23">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>101</v>
+        <v>153</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="M23" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C24" t="s">
-        <v>165</v>
+        <v>72</v>
       </c>
       <c r="D24" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
       <c r="J24" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M24" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C25" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H25">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>173</v>
       </c>
       <c r="M25" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
         <v>176</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>65</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>153</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
         <v>177</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="M26" t="s">
+        <v>75</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>178</v>
       </c>
-      <c r="E26" t="s">
-[...20 lines deleted...]
-      <c r="L26" t="s">
+      <c r="P26" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" t="s">
+        <v>47</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>108</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1993</v>
+      </c>
+      <c r="I27">
+        <v>2007</v>
+      </c>
+      <c r="J27" t="s">
+        <v>153</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
         <v>182</v>
       </c>
-      <c r="B27" t="s">
+      <c r="M27" t="s">
+        <v>75</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>183</v>
       </c>
-      <c r="C27" t="s">
-[...26 lines deleted...]
-      <c r="L27" t="s">
+      <c r="P27" t="s">
         <v>184</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>72</v>
+      </c>
+      <c r="D28" t="s">
         <v>187</v>
       </c>
-      <c r="B28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H28">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
+        <v>153</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>188</v>
+      </c>
+      <c r="M28" t="s">
+        <v>75</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>189</v>
+      </c>
+      <c r="P28" t="s">
         <v>190</v>
-      </c>
-[...14 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" t="s">
+        <v>192</v>
+      </c>
+      <c r="C29" t="s">
+        <v>72</v>
+      </c>
+      <c r="D29" t="s">
+        <v>107</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>65</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>153</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>193</v>
       </c>
-      <c r="B29" t="s">
+      <c r="M29" t="s">
+        <v>75</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>194</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="P29" t="s">
         <v>195</v>
-      </c>
-[...374 lines deleted...]
-        <v>231</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">