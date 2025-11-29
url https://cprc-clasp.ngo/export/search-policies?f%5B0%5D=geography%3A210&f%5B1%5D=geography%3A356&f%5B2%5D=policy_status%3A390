--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,1259 +12,808 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
+    <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>April 2025</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>ICS 97.040.30</t>
-[...2 lines deleted...]
-    <t>Egyptian Organization for Standards &amp; Quality</t>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
-[...94 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label - Air Conditioners</t>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label - Dish Dryers</t>
+  </si>
+  <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
+    <t>Dish Dryers</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>December 2015</t>
+  </si>
+  <si>
+    <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Air Cleaners</t>
+  </si>
+  <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>KS C 9314</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Electric Fan</t>
+  </si>
+  <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>KS C 9306-2002</t>
-[...133 lines deleted...]
-  <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
-[...28 lines deleted...]
-  <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Refrigerators</t>
-[...13 lines deleted...]
-  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
-    <t>Chillers - Cooler Towers</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
+    <t>Ventilation fans</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
-    <t>Oil</t>
-[...152 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
-    <t>MEPS for Air Cleaners</t>
-[...28 lines deleted...]
-  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
   </si>
   <si>
-    <t>MEPS for Dishwashers</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
-    <t>MEPS for Electric stove</t>
-[...61 lines deleted...]
-  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
-    <t>MEPS for Multi Heat Pump System(VRF)</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
-    <t>MEPS for Television</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
-    <t>MEPS for Washing Machines</t>
-[...14 lines deleted...]
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...5 lines deleted...]
-    <t>Adopted, Revised</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
-  </si>
-[...39 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
+    <t>Ministry of Trade, Industry and Energy, Korea</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
-  </si>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1528,5083 +1077,2218 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N118"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="533.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="83.694" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>54</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>54</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>54</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>80</v>
+      </c>
+      <c r="P12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>54</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>84</v>
+      </c>
+      <c r="P13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>54</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>54</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P15" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>54</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>54</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>98</v>
+      </c>
+      <c r="P17" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>54</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>101</v>
+      </c>
+      <c r="P18" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>53</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>54</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>104</v>
+      </c>
+      <c r="P19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>53</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>54</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>108</v>
+      </c>
+      <c r="P20" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>53</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>54</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>111</v>
+      </c>
+      <c r="P21" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>112</v>
+      </c>
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>114</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...40 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>115</v>
+      </c>
+      <c r="M22" t="s">
+        <v>116</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>117</v>
+      </c>
+      <c r="P22" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>49</v>
+      </c>
+      <c r="D23" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>122</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>123</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>124</v>
+      </c>
+      <c r="M23" t="s">
+        <v>54</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>125</v>
+      </c>
+      <c r="P23" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>127</v>
+      </c>
+      <c r="B24" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>122</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>53</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>130</v>
+      </c>
+      <c r="M24" t="s">
+        <v>54</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>131</v>
+      </c>
+      <c r="P24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>132</v>
+      </c>
+      <c r="B25" t="s">
+        <v>133</v>
+      </c>
+      <c r="C25" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" t="s">
+        <v>134</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>122</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>135</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>136</v>
+      </c>
+      <c r="M25" t="s">
+        <v>54</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>137</v>
+      </c>
+      <c r="P25" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>139</v>
+      </c>
+      <c r="B26" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" t="s">
+        <v>141</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>122</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>135</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>54</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>142</v>
+      </c>
+      <c r="P26" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>143</v>
+      </c>
+      <c r="B27" t="s">
+        <v>144</v>
+      </c>
+      <c r="C27" t="s">
+        <v>49</v>
+      </c>
+      <c r="D27" t="s">
+        <v>145</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>122</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>135</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>146</v>
+      </c>
+      <c r="M27" t="s">
+        <v>54</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>147</v>
+      </c>
+      <c r="P27" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>148</v>
+      </c>
+      <c r="B28" t="s">
+        <v>149</v>
+      </c>
+      <c r="C28" t="s">
+        <v>49</v>
+      </c>
+      <c r="D28" t="s">
+        <v>150</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>122</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>53</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>151</v>
+      </c>
+      <c r="M28" t="s">
+        <v>54</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>152</v>
+      </c>
+      <c r="P28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>153</v>
+      </c>
+      <c r="B29" t="s">
+        <v>154</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>155</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...34 lines deleted...]
-      <c r="H5">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>156</v>
+      </c>
+      <c r="M29" t="s">
+        <v>157</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>158</v>
+      </c>
+      <c r="P29" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>162</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2017</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>163</v>
+      </c>
+      <c r="M30" t="s">
+        <v>164</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>165</v>
+      </c>
+      <c r="P30" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>169</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...138 lines deleted...]
-      <c r="N8" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>170</v>
+      </c>
+      <c r="M31" t="s">
+        <v>164</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>171</v>
+      </c>
+      <c r="P31" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>173</v>
+      </c>
+      <c r="B32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" t="s">
+        <v>175</v>
+      </c>
+      <c r="E32" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" t="s">
+      <c r="F32" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
-[...947 lines deleted...]
-        <v>2012</v>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
+        <v>135</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>54</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>176</v>
+      </c>
+      <c r="P32" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>173</v>
+      </c>
+      <c r="B33" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" t="s">
+        <v>49</v>
+      </c>
+      <c r="D33" t="s">
+        <v>175</v>
+      </c>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>135</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>54</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>179</v>
+      </c>
+      <c r="P33" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C34" t="s">
+        <v>49</v>
+      </c>
+      <c r="D34" t="s">
+        <v>181</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>135</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>54</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>182</v>
+      </c>
+      <c r="P34" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>173</v>
+      </c>
+      <c r="B35" t="s">
+        <v>183</v>
+      </c>
+      <c r="C35" t="s">
+        <v>49</v>
+      </c>
+      <c r="D35" t="s">
+        <v>184</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>53</v>
+      </c>
+      <c r="K35" t="s">
+        <v>185</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>54</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>186</v>
+      </c>
+      <c r="P35" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>188</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>49</v>
+      </c>
+      <c r="D36" t="s">
+        <v>190</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K32"/>
-[...29 lines deleted...]
-      <c r="G33">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>53</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>54</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>191</v>
+      </c>
+      <c r="P36" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>192</v>
+      </c>
+      <c r="B37" t="s">
+        <v>193</v>
+      </c>
+      <c r="C37" t="s">
+        <v>49</v>
+      </c>
+      <c r="D37" t="s">
+        <v>194</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2009</v>
       </c>
-      <c r="H33"/>
-[...3 lines deleted...]
-      <c r="J33" t="s">
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>53</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>54</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>195</v>
+      </c>
+      <c r="P37" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B38" t="s">
+        <v>120</v>
+      </c>
+      <c r="C38" t="s">
+        <v>49</v>
+      </c>
+      <c r="D38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>53</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>124</v>
+      </c>
+      <c r="M38" t="s">
+        <v>54</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>197</v>
+      </c>
+      <c r="P38" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>198</v>
+      </c>
+      <c r="B39" t="s">
         <v>133</v>
       </c>
-      <c r="L33" t="s">
-[...5 lines deleted...]
-      <c r="N33" t="s">
+      <c r="C39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D39" t="s">
         <v>134</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" t="s">
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>135</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
         <v>136</v>
       </c>
-      <c r="D34" t="s">
-[...11 lines deleted...]
-      <c r="H34">
+      <c r="M39" t="s">
+        <v>54</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>199</v>
+      </c>
+      <c r="P39" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>200</v>
+      </c>
+      <c r="B40" t="s">
+        <v>201</v>
+      </c>
+      <c r="C40" t="s">
+        <v>49</v>
+      </c>
+      <c r="D40" t="s">
+        <v>202</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>53</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>54</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>203</v>
+      </c>
+      <c r="P40" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>204</v>
+      </c>
+      <c r="B41" t="s">
+        <v>205</v>
+      </c>
+      <c r="C41" t="s">
+        <v>49</v>
+      </c>
+      <c r="D41" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>135</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>146</v>
+      </c>
+      <c r="M41" t="s">
+        <v>54</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>206</v>
+      </c>
+      <c r="P41" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>207</v>
+      </c>
+      <c r="B42" t="s">
+        <v>106</v>
+      </c>
+      <c r="C42" t="s">
+        <v>49</v>
+      </c>
+      <c r="D42" t="s">
+        <v>107</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>53</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>54</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>208</v>
+      </c>
+      <c r="P42" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>209</v>
+      </c>
+      <c r="B43" t="s">
+        <v>210</v>
+      </c>
+      <c r="C43" t="s">
+        <v>49</v>
+      </c>
+      <c r="D43" t="s">
+        <v>150</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2009</v>
       </c>
-      <c r="I34" t="s">
-[...14 lines deleted...]
-      <c r="N34" t="s">
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>53</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>151</v>
+      </c>
+      <c r="M43" t="s">
+        <v>54</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>211</v>
+      </c>
+      <c r="P43" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="35" spans="1:14">
-[...385 lines deleted...]
-    <row r="44" spans="1:14">
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="B44" t="s">
-        <v>72</v>
+        <v>213</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>214</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E44" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>215</v>
+      </c>
+      <c r="G44" t="s">
+        <v>216</v>
       </c>
       <c r="H44">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K44"/>
+        <v>217</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
       <c r="L44" t="s">
-        <v>76</v>
+        <v>218</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>219</v>
       </c>
       <c r="N44" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>220</v>
+      </c>
+      <c r="P44" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>222</v>
       </c>
       <c r="B45" t="s">
-        <v>72</v>
+        <v>223</v>
       </c>
       <c r="C45" t="s">
-        <v>176</v>
+        <v>214</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E45" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>54</v>
-[...7 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="G45" t="s">
+        <v>216</v>
+      </c>
+      <c r="H45">
+        <v>2024</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K45"/>
+        <v>217</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
       <c r="L45" t="s">
-        <v>76</v>
+        <v>226</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>219</v>
       </c>
       <c r="N45" t="s">
-        <v>177</v>
-[...632 lines deleted...]
-      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>227</v>
+      </c>
+      <c r="P45" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="61" spans="1:14">
-[...2462 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>