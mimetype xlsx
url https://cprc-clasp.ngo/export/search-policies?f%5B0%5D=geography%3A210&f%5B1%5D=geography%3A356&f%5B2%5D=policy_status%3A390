--- v1 (2025-11-29)
+++ v2 (2026-01-23)
@@ -12,401 +12,359 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...20 lines deleted...]
-    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+    <t>e-Standby Power Program for Bidets</t>
+  </si>
+  <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>Toilet Seats (Electric)</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Computers</t>
+  </si>
+  <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Cordless/Corded Phones</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
+    <t>Telephony</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for DVD Players</t>
+  </si>
+  <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
+    <t>DVD|Blu-Ray Players</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
+  </si>
+  <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
+    <t>Smart home devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Fax Machine</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Home Audio Products</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Home Gateway</t>
+  </si>
+  <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Microwave Ovens</t>
+  </si>
+  <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Modem</t>
+  </si>
+  <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Monitors</t>
+  </si>
+  <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Multifunctional devices</t>
+  </si>
+  <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Printers</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Scanners</t>
+  </si>
+  <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Set-Top Boxes</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Televisions</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
-[...196 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
     <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
@@ -521,70 +479,50 @@
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Reflectors for HID Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Metal-Halide Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
     <t>Ventilation fans</t>
   </si>
@@ -1077,65 +1015,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="533.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="83.694" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1176,2083 +1114,1895 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2010</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2009</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="P8" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="P9" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E10" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="P10" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="P11" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2010</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="P12" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="P13" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="P14" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="P15" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="E16" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F16" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="P16" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="P17" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F18" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="P18" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F19" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="H19">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>101</v>
+      </c>
       <c r="M19" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O19" t="s">
+        <v>103</v>
+      </c>
+      <c r="P19" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>107</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>110</v>
+      </c>
       <c r="M20" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P20" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>116</v>
+      </c>
       <c r="M21" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="P21" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="E22" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="M22" t="s">
-        <v>116</v>
+        <v>37</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="P22" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B23" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C23" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P23" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M24" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P24" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B25" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M25" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P25" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>139</v>
       </c>
       <c r="B26" t="s">
         <v>140</v>
       </c>
       <c r="C26" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>141</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>142</v>
+      </c>
       <c r="M26" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P26" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B27" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="M27" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O27" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="P27" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F28" t="s">
-        <v>122</v>
+        <v>35</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="P28" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
         <v>155</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
+        <v>37</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>159</v>
+      </c>
+      <c r="P29" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
         <v>160</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
         <v>161</v>
       </c>
-      <c r="C30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>164</v>
+        <v>37</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="P30" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K31" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>164</v>
+        <v>37</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="P31" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B32" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C32" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E32" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="P32" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>172</v>
+      </c>
+      <c r="B33" t="s">
         <v>173</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E33" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="P33" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>106</v>
       </c>
       <c r="C34" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>181</v>
+        <v>107</v>
       </c>
       <c r="E34" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>110</v>
+      </c>
       <c r="M34" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O34" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="P34" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B35" t="s">
-        <v>183</v>
+        <v>119</v>
       </c>
       <c r="C35" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>184</v>
+        <v>120</v>
       </c>
       <c r="E35" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="K35" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>122</v>
+      </c>
       <c r="M35" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="P35" t="s">
-        <v>187</v>
+        <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="B36" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="C36" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O36" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="P36" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="B37" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C37" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>194</v>
+        <v>131</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>132</v>
+      </c>
       <c r="M37" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="P37" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="B38" t="s">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38" t="s">
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>37</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>188</v>
+      </c>
+      <c r="P38" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B39" t="s">
-        <v>133</v>
+        <v>190</v>
       </c>
       <c r="C39" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M39" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O39" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="P39" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="B40" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="C40" t="s">
-        <v>49</v>
+        <v>194</v>
       </c>
       <c r="D40" t="s">
-        <v>202</v>
+        <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H40">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>198</v>
+      </c>
       <c r="M40" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="P40" t="s">
-        <v>138</v>
+        <v>201</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>202</v>
+      </c>
+      <c r="B41" t="s">
+        <v>203</v>
+      </c>
+      <c r="C41" t="s">
+        <v>194</v>
+      </c>
+      <c r="D41" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>205</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H41">
-        <v>2004</v>
+        <v>2024</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>135</v>
+        <v>197</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>146</v>
+        <v>206</v>
       </c>
       <c r="M41" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P41" t="s">
-        <v>138</v>
-[...189 lines deleted...]
-        <v>221</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">