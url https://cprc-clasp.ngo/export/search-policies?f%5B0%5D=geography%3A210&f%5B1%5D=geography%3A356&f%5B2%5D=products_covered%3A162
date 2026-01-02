--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...31 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
     <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
@@ -683,364 +686,364 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>1994</v>
       </c>
       <c r="I3">
         <v>2003</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>1996</v>
       </c>
       <c r="I4">
         <v>2009</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7">
         <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H8">
         <v>1994</v>
       </c>
       <c r="I8">
         <v>2003</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">