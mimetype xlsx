--- v0 (2025-11-28)
+++ v1 (2026-01-23)
@@ -12,285 +12,220 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
@@ -624,73 +559,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -723,453 +658,265 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
-[...54 lines deleted...]
-      <c r="B8" t="s">
         <v>63</v>
-      </c>
-[...134 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">