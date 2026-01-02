--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
@@ -496,51 +496,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">