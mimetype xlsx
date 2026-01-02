--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
     <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
   </si>
@@ -493,51 +493,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">