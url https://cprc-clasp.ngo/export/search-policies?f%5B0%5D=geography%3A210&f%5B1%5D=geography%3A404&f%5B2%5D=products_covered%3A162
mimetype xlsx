--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
     <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
   </si>
@@ -493,51 +493,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="490.595" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="93.12" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">