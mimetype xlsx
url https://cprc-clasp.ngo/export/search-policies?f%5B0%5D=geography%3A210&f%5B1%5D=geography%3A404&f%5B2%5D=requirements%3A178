--- v0 (2025-11-28)
+++ v1 (2026-02-24)
@@ -116,51 +116,51 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -493,51 +493,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="490.595" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="93.12" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">