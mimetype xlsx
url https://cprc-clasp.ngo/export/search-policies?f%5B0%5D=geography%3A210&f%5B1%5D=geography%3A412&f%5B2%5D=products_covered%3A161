--- v0 (2025-11-29)
+++ v1 (2026-01-19)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
@@ -490,51 +490,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="397.474" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="54.13" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">