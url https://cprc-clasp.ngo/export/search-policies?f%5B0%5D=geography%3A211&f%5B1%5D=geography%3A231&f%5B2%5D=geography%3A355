--- v0 (2025-11-10)
+++ v1 (2026-03-04)
@@ -2771,51 +2771,51 @@
       </c>
       <c r="P30" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>188</v>
       </c>
       <c r="B31" t="s">
         <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>190</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>191</v>
       </c>
       <c r="G31" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31">
         <v>2024</v>
       </c>
       <c r="J31" t="s">
         <v>192</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
         <v>193</v>
       </c>
       <c r="M31" t="s">
         <v>38</v>
       </c>
       <c r="N31" t="s">
         <v>39</v>
       </c>
       <c r="O31" t="s">
         <v>194</v>
       </c>