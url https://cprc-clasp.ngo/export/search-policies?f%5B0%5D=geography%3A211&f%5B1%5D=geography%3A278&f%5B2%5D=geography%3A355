--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -2938,51 +2938,51 @@
       </c>
       <c r="P31" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>210</v>
       </c>
       <c r="B32" t="s">
         <v>211</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
         <v>212</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>51</v>
       </c>
       <c r="G32" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32">
         <v>2024</v>
       </c>
       <c r="J32" t="s">
         <v>213</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
         <v>214</v>
       </c>
       <c r="M32" t="s">
         <v>38</v>
       </c>
       <c r="N32" t="s">
         <v>39</v>
       </c>
       <c r="O32" t="s">
         <v>215</v>
       </c>