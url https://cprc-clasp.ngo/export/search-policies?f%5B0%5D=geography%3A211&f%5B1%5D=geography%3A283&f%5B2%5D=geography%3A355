--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -1291,51 +1291,51 @@
       <c r="O7" t="s">
         <v>66</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
       <c r="L8" t="s">
         <v>71</v>
       </c>
       <c r="M8" t="s">
         <v>38</v>
       </c>
       <c r="N8" t="s">
         <v>39</v>
       </c>
       <c r="O8" t="s">
         <v>72</v>
       </c>