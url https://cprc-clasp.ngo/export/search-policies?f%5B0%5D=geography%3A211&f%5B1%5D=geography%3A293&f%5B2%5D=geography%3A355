--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -1969,51 +1969,51 @@
       <c r="O14" t="s">
         <v>105</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15" t="s">
         <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
         <v>109</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>110</v>
       </c>
       <c r="M15" t="s">
         <v>83</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>111</v>
       </c>