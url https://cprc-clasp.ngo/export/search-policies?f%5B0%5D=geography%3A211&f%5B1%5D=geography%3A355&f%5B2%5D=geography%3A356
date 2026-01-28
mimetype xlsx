--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -5317,51 +5317,51 @@
       </c>
       <c r="P66" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>299</v>
       </c>
       <c r="B67" t="s">
         <v>300</v>
       </c>
       <c r="C67" t="s">
         <v>32</v>
       </c>
       <c r="D67" t="s">
         <v>301</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>302</v>
       </c>
       <c r="G67" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67">
         <v>2024</v>
       </c>
       <c r="J67" t="s">
         <v>303</v>
       </c>
       <c r="K67" t="s">
         <v>37</v>
       </c>
       <c r="L67" t="s">
         <v>304</v>
       </c>
       <c r="M67" t="s">
         <v>38</v>
       </c>
       <c r="N67" t="s">
         <v>39</v>
       </c>
       <c r="O67" t="s">
         <v>305</v>
       </c>