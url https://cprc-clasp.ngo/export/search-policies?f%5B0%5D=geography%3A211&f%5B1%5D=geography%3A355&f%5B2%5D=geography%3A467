--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -1374,51 +1374,51 @@
       </c>
       <c r="P8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>76</v>
       </c>
       <c r="G9" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
         <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
         <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>38</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
         <v>79</v>
       </c>