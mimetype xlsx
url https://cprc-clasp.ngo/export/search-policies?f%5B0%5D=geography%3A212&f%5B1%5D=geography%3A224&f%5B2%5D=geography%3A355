--- v0 (2025-11-30)
+++ v1 (2026-01-26)
@@ -1581,51 +1581,51 @@
       </c>
       <c r="P6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>67</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>68</v>
       </c>