--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -204,50 +204,53 @@
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
@@ -270,50 +273,78 @@
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
@@ -755,65 +786,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P20"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1091,672 +1122,720 @@
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H7">
         <v>2009</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>60</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>47</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>60</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>47</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>60</v>
       </c>
       <c r="G10" t="s">
         <v>54</v>
       </c>
       <c r="H10">
         <v>2023</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
         <v>60</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2023</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>47</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
         <v>60</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
       <c r="M12" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="P12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>60</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>47</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="P13" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>54</v>
       </c>
       <c r="H14">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="P14" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>60</v>
       </c>
       <c r="G15" t="s">
         <v>54</v>
       </c>
-      <c r="H15"/>
+      <c r="H15">
+        <v>2022</v>
+      </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P15" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
         <v>104</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E16" t="s">
         <v>44</v>
       </c>
       <c r="F16" t="s">
         <v>60</v>
       </c>
       <c r="G16" t="s">
         <v>54</v>
       </c>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B17" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>116</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="G17" t="s">
         <v>54</v>
       </c>
       <c r="H17">
         <v>2022</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>60</v>
       </c>
       <c r="G18" t="s">
         <v>54</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="K18" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="N18" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="P18" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="D19" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>60</v>
       </c>
       <c r="G19" t="s">
         <v>54</v>
       </c>
       <c r="H19">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>124</v>
       </c>
       <c r="L19"/>
-      <c r="M19"/>
+      <c r="M19" t="s">
+        <v>106</v>
+      </c>
       <c r="N19" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="O19" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="P19" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>60</v>
       </c>
       <c r="G20" t="s">
         <v>54</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>38</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>125</v>
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>38</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>134</v>
+      </c>
+      <c r="P21" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">