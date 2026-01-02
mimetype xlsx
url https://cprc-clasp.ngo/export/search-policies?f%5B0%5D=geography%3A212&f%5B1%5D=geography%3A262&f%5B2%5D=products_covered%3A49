--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -12,131 +12,162 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...4 lines deleted...]
-  <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>Ghana Energy Commission</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -446,74 +477,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="275.933" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -545,71 +576,119 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="P2" t="s">
-        <v>28</v>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">