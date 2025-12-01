--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -12,624 +12,800 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -893,1655 +1069,1884 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...34 lines deleted...]
-      <c r="J3" t="s">
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9">
+        <v>2005</v>
+      </c>
+      <c r="I9">
+        <v>2008</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...6 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
         <v>31</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
         <v>35</v>
       </c>
-      <c r="E4" t="s">
-[...5 lines deleted...]
-      <c r="G4">
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>35</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>35</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>106</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>35</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>66</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>35</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>66</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>35</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>66</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>66</v>
+      </c>
+      <c r="K21" t="s">
+        <v>131</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>35</v>
+      </c>
+      <c r="N21" t="s">
+        <v>132</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>134</v>
+      </c>
+      <c r="B22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" t="s">
+        <v>136</v>
+      </c>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>66</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>35</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>66</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>35</v>
+      </c>
+      <c r="N23" t="s">
+        <v>140</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>142</v>
+      </c>
+      <c r="B24" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
+      <c r="E24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>66</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>35</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>145</v>
+      </c>
+      <c r="P24" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>146</v>
+      </c>
+      <c r="B25" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" t="s">
+        <v>148</v>
+      </c>
+      <c r="E25" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>41</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>66</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>35</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>41</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>66</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>35</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>153</v>
+      </c>
+      <c r="P26" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>41</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>66</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>158</v>
+      </c>
+      <c r="B28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>160</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>41</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>66</v>
+      </c>
+      <c r="K28" t="s">
+        <v>161</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>35</v>
+      </c>
+      <c r="N28" t="s">
+        <v>162</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>136</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>166</v>
+      </c>
+      <c r="G29" t="s">
+        <v>41</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>168</v>
+      </c>
+      <c r="M29" t="s">
+        <v>43</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D30" t="s">
+        <v>173</v>
+      </c>
+      <c r="E30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>41</v>
+      </c>
+      <c r="H30">
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>174</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>175</v>
+      </c>
+      <c r="M30" t="s">
+        <v>43</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>176</v>
+      </c>
+      <c r="P30" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>38</v>
+      </c>
+      <c r="D31" t="s">
+        <v>180</v>
+      </c>
+      <c r="E31" t="s">
+        <v>181</v>
+      </c>
+      <c r="F31" t="s">
+        <v>166</v>
+      </c>
+      <c r="G31" t="s">
+        <v>41</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>167</v>
+      </c>
+      <c r="K31" t="s">
+        <v>182</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>43</v>
+      </c>
+      <c r="N31" t="s">
+        <v>140</v>
+      </c>
+      <c r="O31" t="s">
+        <v>183</v>
+      </c>
+      <c r="P31" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>185</v>
+      </c>
+      <c r="B32" t="s">
+        <v>186</v>
+      </c>
+      <c r="C32" t="s">
+        <v>38</v>
+      </c>
+      <c r="D32" t="s">
+        <v>39</v>
+      </c>
+      <c r="E32" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>41</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>174</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>187</v>
+      </c>
+      <c r="M32" t="s">
+        <v>43</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>188</v>
+      </c>
+      <c r="P32" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B33" t="s">
+        <v>191</v>
+      </c>
+      <c r="C33" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" t="s">
+        <v>192</v>
+      </c>
+      <c r="E33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>77</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>174</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>193</v>
+      </c>
+      <c r="M33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>194</v>
+      </c>
+      <c r="P33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>38</v>
+      </c>
+      <c r="D34" t="s">
+        <v>198</v>
+      </c>
+      <c r="E34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>77</v>
+      </c>
+      <c r="H34">
         <v>2020</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>174</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>199</v>
+      </c>
+      <c r="M34" t="s">
+        <v>43</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>200</v>
+      </c>
+      <c r="P34" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>202</v>
+      </c>
+      <c r="B35" t="s">
+        <v>203</v>
+      </c>
+      <c r="C35" t="s">
+        <v>38</v>
+      </c>
+      <c r="D35" t="s">
+        <v>204</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G35" t="s">
+        <v>41</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>174</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>205</v>
+      </c>
+      <c r="M35" t="s">
+        <v>43</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>206</v>
+      </c>
+      <c r="P35" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>208</v>
+      </c>
+      <c r="B36" t="s">
+        <v>209</v>
+      </c>
+      <c r="C36" t="s">
         <v>38</v>
       </c>
-      <c r="M4" t="s">
-[...7 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D36" t="s">
+        <v>210</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>166</v>
+      </c>
+      <c r="G36" t="s">
+        <v>211</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>167</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" t="s">
+        <v>43</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>213</v>
+      </c>
+      <c r="P36" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>215</v>
+      </c>
+      <c r="B37" t="s">
+        <v>216</v>
+      </c>
+      <c r="C37" t="s">
+        <v>38</v>
+      </c>
+      <c r="D37" t="s">
+        <v>114</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>217</v>
+      </c>
+      <c r="G37" t="s">
+        <v>41</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>167</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>218</v>
+      </c>
+      <c r="M37" t="s">
+        <v>43</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>219</v>
+      </c>
+      <c r="P37" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" t="s">
+        <v>38</v>
+      </c>
+      <c r="D38" t="s">
+        <v>223</v>
+      </c>
+      <c r="E38" t="s">
         <v>40</v>
       </c>
-      <c r="B5" t="s">
-[...18 lines deleted...]
-      <c r="I5" t="s">
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>41</v>
+      </c>
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>78</v>
+      </c>
+      <c r="K38" t="s">
+        <v>51</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>43</v>
       </c>
-      <c r="J5" t="s">
-[...1356 lines deleted...]
-      </c>
       <c r="N38" t="s">
-        <v>170</v>
+        <v>224</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>226</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>