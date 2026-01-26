--- v0 (2025-11-11)
+++ v1 (2026-01-26)
@@ -80,81 +80,81 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2008, GB 13380</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...28 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
@@ -647,60 +647,60 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
         <v>2021</v>
       </c>
       <c r="J3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>33</v>
       </c>
       <c r="M3" t="s">
         <v>34</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">