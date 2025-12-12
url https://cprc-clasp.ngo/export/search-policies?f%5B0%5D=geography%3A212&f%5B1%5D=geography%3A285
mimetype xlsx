--- v0 (2025-10-11)
+++ v1 (2025-12-12)
@@ -12,697 +12,926 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -966,2119 +1195,2408 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>69</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>72</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...11 lines deleted...]
-      <c r="A3" t="s">
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>96</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2005</v>
+      </c>
+      <c r="I12">
+        <v>2008</v>
+      </c>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>67</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>85</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>67</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>124</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>67</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>124</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>67</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>124</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>67</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>85</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" t="s">
+        <v>78</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>67</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>85</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>78</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>67</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>85</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" t="s">
+        <v>78</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>67</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>85</v>
+      </c>
+      <c r="K24" t="s">
+        <v>149</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>150</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>78</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>67</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>85</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>154</v>
+      </c>
+      <c r="P25" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>78</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>85</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>158</v>
+      </c>
+      <c r="O26" t="s">
+        <v>159</v>
+      </c>
+      <c r="P26" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>162</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>67</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>85</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>163</v>
+      </c>
+      <c r="P27" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
+        <v>78</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>67</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>85</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>167</v>
+      </c>
+      <c r="P28" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>168</v>
+      </c>
+      <c r="B29" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>170</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>67</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>85</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>174</v>
+      </c>
+      <c r="E30" t="s">
+        <v>78</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>67</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>85</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>67</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>85</v>
+      </c>
+      <c r="K31" t="s">
+        <v>179</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>180</v>
+      </c>
+      <c r="O31" t="s">
+        <v>181</v>
+      </c>
+      <c r="P31" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>30</v>
+      </c>
+      <c r="D32" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" t="s">
+        <v>78</v>
+      </c>
+      <c r="F32" t="s">
+        <v>96</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>79</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>185</v>
+      </c>
+      <c r="M32" t="s">
+        <v>186</v>
+      </c>
+      <c r="N32" t="s">
+        <v>158</v>
+      </c>
+      <c r="O32" t="s">
+        <v>187</v>
+      </c>
+      <c r="P32" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>189</v>
+      </c>
+      <c r="B33" t="s">
+        <v>190</v>
+      </c>
+      <c r="C33" t="s">
+        <v>30</v>
+      </c>
+      <c r="D33" t="s">
+        <v>119</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>32</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>79</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>191</v>
+      </c>
+      <c r="M33" t="s">
+        <v>192</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>193</v>
+      </c>
+      <c r="P33" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>195</v>
+      </c>
+      <c r="B34" t="s">
+        <v>196</v>
+      </c>
+      <c r="C34" t="s">
+        <v>30</v>
+      </c>
+      <c r="D34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>198</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>199</v>
+      </c>
+      <c r="M34" t="s">
+        <v>200</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>201</v>
+      </c>
+      <c r="P34" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>203</v>
+      </c>
+      <c r="B35" t="s">
+        <v>204</v>
+      </c>
+      <c r="C35" t="s">
+        <v>30</v>
+      </c>
+      <c r="D35" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>32</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>198</v>
+      </c>
+      <c r="K35" t="s">
+        <v>206</v>
+      </c>
+      <c r="L35" t="s">
+        <v>207</v>
+      </c>
+      <c r="M35" t="s">
+        <v>192</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>208</v>
+      </c>
+      <c r="P35" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>210</v>
+      </c>
+      <c r="B36" t="s">
+        <v>211</v>
+      </c>
+      <c r="C36" t="s">
+        <v>30</v>
+      </c>
+      <c r="D36" t="s">
+        <v>115</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>32</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36">
+        <v>2001</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>79</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" t="s">
+        <v>192</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>213</v>
+      </c>
+      <c r="P36" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>215</v>
+      </c>
+      <c r="B37" t="s">
+        <v>216</v>
+      </c>
+      <c r="C37" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" t="s">
+        <v>217</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>32</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H37">
+        <v>2004</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>79</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>218</v>
+      </c>
+      <c r="M37" t="s">
+        <v>192</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>219</v>
+      </c>
+      <c r="P37" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" t="s">
+        <v>30</v>
+      </c>
+      <c r="D38" t="s">
+        <v>223</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>32</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38">
+        <v>2006</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>198</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>191</v>
+      </c>
+      <c r="M38" t="s">
+        <v>192</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>224</v>
+      </c>
+      <c r="P38" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>226</v>
+      </c>
+      <c r="B39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C39" t="s">
+        <v>30</v>
+      </c>
+      <c r="D39" t="s">
+        <v>228</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>32</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>34</v>
+      </c>
+      <c r="K39" t="s">
+        <v>206</v>
+      </c>
+      <c r="L39" t="s">
+        <v>229</v>
+      </c>
+      <c r="M39" t="s">
+        <v>36</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" t="s">
+        <v>234</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>32</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
+        <v>34</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>36</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>235</v>
+      </c>
+      <c r="P40" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>237</v>
+      </c>
+      <c r="B41" t="s">
+        <v>238</v>
+      </c>
+      <c r="C41" t="s">
+        <v>30</v>
+      </c>
+      <c r="D41" t="s">
+        <v>239</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>32</v>
+      </c>
+      <c r="G41" t="s">
+        <v>33</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>34</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>240</v>
+      </c>
+      <c r="M41" t="s">
+        <v>36</v>
+      </c>
+      <c r="N41" t="s">
+        <v>158</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>30</v>
+      </c>
+      <c r="D42" t="s">
+        <v>245</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>32</v>
+      </c>
+      <c r="G42" t="s">
+        <v>33</v>
+      </c>
+      <c r="H42">
+        <v>2003</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>198</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>192</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>246</v>
+      </c>
+      <c r="P42" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>248</v>
+      </c>
+      <c r="B43" t="s">
+        <v>249</v>
+      </c>
+      <c r="C43" t="s">
+        <v>30</v>
+      </c>
+      <c r="D43" t="s">
+        <v>250</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" t="s">
+        <v>33</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>79</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>251</v>
+      </c>
+      <c r="M43" t="s">
+        <v>192</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>252</v>
+      </c>
+      <c r="P43" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>254</v>
+      </c>
+      <c r="B44" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" t="s">
+        <v>30</v>
+      </c>
+      <c r="D44" t="s">
+        <v>132</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>32</v>
+      </c>
+      <c r="G44" t="s">
+        <v>33</v>
+      </c>
+      <c r="H44">
+        <v>2014</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>79</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>256</v>
+      </c>
+      <c r="M44" t="s">
+        <v>192</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>257</v>
+      </c>
+      <c r="P44" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>259</v>
+      </c>
+      <c r="B45" t="s">
+        <v>260</v>
+      </c>
+      <c r="C45" t="s">
+        <v>30</v>
+      </c>
+      <c r="D45" t="s">
+        <v>223</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G45" t="s">
+        <v>33</v>
+      </c>
+      <c r="H45">
+        <v>2001</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>198</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>191</v>
+      </c>
+      <c r="M45" t="s">
+        <v>192</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>261</v>
+      </c>
+      <c r="P45" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>263</v>
+      </c>
+      <c r="B46" t="s">
+        <v>264</v>
+      </c>
+      <c r="C46" t="s">
+        <v>30</v>
+      </c>
+      <c r="D46" t="s">
+        <v>250</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>32</v>
+      </c>
+      <c r="G46" t="s">
+        <v>33</v>
+      </c>
+      <c r="H46">
+        <v>1998</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>79</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>265</v>
+      </c>
+      <c r="M46" t="s">
+        <v>192</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>266</v>
+      </c>
+      <c r="P46" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>268</v>
+      </c>
+      <c r="B47" t="s">
+        <v>269</v>
+      </c>
+      <c r="C47" t="s">
+        <v>30</v>
+      </c>
+      <c r="D47" t="s">
+        <v>223</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>32</v>
+      </c>
+      <c r="G47" t="s">
+        <v>33</v>
+      </c>
+      <c r="H47">
         <v>2000</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>198</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>191</v>
+      </c>
+      <c r="M47" t="s">
+        <v>192</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>270</v>
+      </c>
+      <c r="P47" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" t="s">
         <v>30</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D48" t="s">
+        <v>223</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G48" t="s">
         <v>33</v>
       </c>
-    </row>
-[...195 lines deleted...]
-      <c r="G8">
+      <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
         <v>2020</v>
       </c>
-      <c r="H8"/>
-[...1512 lines deleted...]
-      <c r="A45" t="s">
+      <c r="J48" t="s">
+        <v>198</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
         <v>191</v>
       </c>
-      <c r="B45" t="s">
-[...35 lines deleted...]
-      <c r="N45" t="s">
+      <c r="M48" t="s">
         <v>192</v>
       </c>
-    </row>
-[...127 lines deleted...]
-      </c>
       <c r="N48" t="s">
-        <v>199</v>
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>274</v>
+      </c>
+      <c r="P48" t="s">
+        <v>275</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>