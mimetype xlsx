--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -62,198 +62,198 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...119 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>GS 324:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
@@ -697,399 +697,397 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>33</v>
-      </c>
-[...5 lines deleted...]
-        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-[...2 lines deleted...]
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>41</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H5">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2008</v>
+      </c>
       <c r="J6" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H7">
         <v>2022</v>
       </c>
-      <c r="I7">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>73</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
         <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>74</v>
       </c>
       <c r="M9" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>