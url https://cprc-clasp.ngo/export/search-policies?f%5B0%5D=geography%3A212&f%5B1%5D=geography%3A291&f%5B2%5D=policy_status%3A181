--- v0 (2025-12-01)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,194 +111,200 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
     <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...31 lines deleted...]
-    <t>Entered into force, New</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -383,348 +389,273 @@
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
     <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
-[...2 lines deleted...]
-    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
-[...44 lines deleted...]
-    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>GS 324:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
+    <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
+    <t>GS IEC 62552: 2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
+  </si>
+  <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
+  </si>
+  <si>
+    <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
   </si>
   <si>
     <t>Microwaves</t>
-  </si>
-[...238 lines deleted...]
-    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
@@ -1175,74 +1106,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P44"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1276,2067 +1207,1871 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2025</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="P5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
         <v>48</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
       <c r="J6" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="P6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H7">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="P8" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P9" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="P10" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P11" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>83</v>
       </c>
-      <c r="B13" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
         <v>84</v>
       </c>
-      <c r="C13" t="s">
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>85</v>
       </c>
-      <c r="D13" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="B14" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="D14" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="G14" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H14">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
+        <v>92</v>
+      </c>
+      <c r="K14" t="s">
+        <v>93</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" t="s">
+        <v>96</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H15">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="P15" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="H16">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
       <c r="J16" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
         <v>113</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
         <v>114</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>115</v>
       </c>
-      <c r="E17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H17">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>116</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>117</v>
       </c>
       <c r="P17" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>119</v>
       </c>
       <c r="B18" t="s">
         <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>121</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H18">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H19">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P19" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>134</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>129</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>123</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
         <v>131</v>
-      </c>
-[...40 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2008</v>
+      </c>
       <c r="J21" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D22" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H22">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
+        <v>139</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>145</v>
       </c>
-      <c r="K22" t="s">
-[...2 lines deleted...]
-      <c r="L22"/>
       <c r="M22" t="s">
+        <v>123</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>146</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
         <v>149</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D23" t="s">
-        <v>151</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G23" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H23">
         <v>2022</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="P23" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B24" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C24" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D24" t="s">
-        <v>56</v>
+        <v>153</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>157</v>
+        <v>115</v>
       </c>
       <c r="G24" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H24">
         <v>2022</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="P24" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B25" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>101</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H25">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>162</v>
+        <v>129</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="P25" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B26" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C26" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="G26" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H26">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>162</v>
+        <v>129</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="P26" t="s">
-        <v>170</v>
+        <v>131</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="B27" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="C27" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>164</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G27" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="H27"/>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="P27" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="C28" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D28" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G28" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H28">
         <v>2022</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="P28" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="C29" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D29" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G29" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H29">
         <v>2022</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="P29" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G30" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H30">
         <v>2022</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="P30" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G31" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>41</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>188</v>
+        <v>129</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="P31" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B32" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C32" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G32" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H32">
         <v>2022</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>188</v>
+        <v>129</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="P32" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B33" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D33" t="s">
+        <v>189</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>115</v>
       </c>
-      <c r="E33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H33">
         <v>2022</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>188</v>
+        <v>129</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N33" t="s">
-        <v>27</v>
+        <v>191</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="P33" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B34" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D34" t="s">
-        <v>199</v>
+        <v>78</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G34" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H34">
         <v>2022</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="P34" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B35" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C35" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D35" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G35" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H35">
         <v>2022</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N35" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="O35" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="P35" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B36" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D36" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G36" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="P36" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B37" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C37" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D37" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G37" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H37">
         <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K37" t="s">
-        <v>212</v>
+        <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N37" t="s">
-        <v>213</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="P37" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C38" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>211</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G38" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H38">
         <v>2022</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="P38" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B39" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C39" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D39" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G39" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N39" t="s">
-        <v>221</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="P39" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B40" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C40" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D40" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="F40" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G40" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H40">
         <v>2022</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="K40" t="s">
-        <v>24</v>
+        <v>220</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="N40" t="s">
-        <v>27</v>
+        <v>221</v>
       </c>
       <c r="O40" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="P40" t="s">
-        <v>154</v>
-[...183 lines deleted...]
-        <v>154</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">