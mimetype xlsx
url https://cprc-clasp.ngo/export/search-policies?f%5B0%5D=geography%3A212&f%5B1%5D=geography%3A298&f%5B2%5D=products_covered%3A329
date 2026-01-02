--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -122,72 +122,72 @@
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
     <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
     <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -699,51 +699,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>