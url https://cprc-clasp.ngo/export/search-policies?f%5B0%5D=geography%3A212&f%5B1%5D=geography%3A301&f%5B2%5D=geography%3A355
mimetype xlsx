--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -8580,51 +8580,51 @@
       </c>
       <c r="P111" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>576</v>
       </c>
       <c r="B112" t="s">
         <v>577</v>
       </c>
       <c r="C112" t="s">
         <v>38</v>
       </c>
       <c r="D112" t="s">
         <v>578</v>
       </c>
       <c r="E112" t="s">
         <v>40</v>
       </c>
       <c r="F112" t="s">
         <v>579</v>
       </c>
       <c r="G112" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H112">
         <v>2021</v>
       </c>
       <c r="I112">
         <v>2024</v>
       </c>
       <c r="J112" t="s">
         <v>580</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
         <v>581</v>
       </c>
       <c r="M112" t="s">
         <v>42</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
         <v>582</v>
       </c>