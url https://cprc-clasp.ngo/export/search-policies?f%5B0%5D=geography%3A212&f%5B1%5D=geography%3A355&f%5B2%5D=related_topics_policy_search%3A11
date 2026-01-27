--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -1352,51 +1352,51 @@
       <c r="O4" t="s">
         <v>42</v>
       </c>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
         <v>47</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>