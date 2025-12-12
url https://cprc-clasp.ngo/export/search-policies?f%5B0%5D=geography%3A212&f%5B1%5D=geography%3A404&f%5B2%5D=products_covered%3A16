--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,212 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,349 +506,388 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="124" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="124.97" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2022</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...29 lines deleted...]
-      <c r="N3" t="s">
+      <c r="N6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
         <v>28</v>
-      </c>
-[...118 lines deleted...]
-        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>