--- v0 (2025-11-28)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -306,53 +306,50 @@
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
@@ -795,51 +792,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1351,230 +1348,230 @@
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>38</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>95</v>
       </c>
       <c r="P11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>96</v>
       </c>
       <c r="B12" t="s">
         <v>97</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12">
         <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>92</v>
       </c>
       <c r="F13" t="s">
         <v>93</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>46</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
         <v>121</v>
       </c>
-      <c r="N15" t="s">
+      <c r="O15" t="s">
         <v>122</v>
       </c>
-      <c r="O15" t="s">
+      <c r="P15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">